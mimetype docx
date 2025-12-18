--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6F233D7F" w14:textId="77777777" w:rsidR="00520214" w:rsidRPr="00767830" w:rsidRDefault="00520214" w:rsidP="00A548A7">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:spacing w:line="120" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5228"/>
         <w:gridCol w:w="5228"/>
       </w:tblGrid>
       <w:tr w:rsidR="00520214" w14:paraId="7F6C368C" w14:textId="77777777" w:rsidTr="00D61F8B">
@@ -82,59 +82,51 @@
             <w:r>
               <w:t xml:space="preserve">Fille </w:t>
             </w:r>
             <w:r w:rsidR="00533388">
               <w:t xml:space="preserve">                          Né(e) le : …………………</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D7E836A" w14:textId="0AAFF52E" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00533388">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Garçon </w:t>
             </w:r>
             <w:r w:rsidR="00533388">
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidR="00533388" w:rsidRPr="00533388">
               <w:t>À</w:t>
             </w:r>
             <w:r w:rsidR="00533388">
-              <w:t> : ………………………</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t> : ……………………………..</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55DA1F5B" w14:textId="25CCBD84" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BF1BF86" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B"/>
           <w:p w14:paraId="744D4CDF" w14:textId="77777777" w:rsidR="00520214" w:rsidRPr="00BB1716" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1D41">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Prénom : </w:t>
             </w:r>
@@ -163,99 +155,99 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520214" w14:paraId="76FAEA41" w14:textId="77777777" w:rsidTr="00D61F8B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7575A4AC" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4501FBFE" w14:textId="04064C11" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
+          <w:p w14:paraId="4501FBFE" w14:textId="5844A050" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1D41">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Etablissement </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>fréquenté</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1D41">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> pour l’année 202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00B8114B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1D41">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00B8114B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1D41">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_Hlk151121891"/>
             <w:r w:rsidRPr="004C1D41">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(sauf pour la PS)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="1071CE40" w14:textId="77777777" w:rsidR="00A548A7" w:rsidRDefault="00A548A7" w:rsidP="00D61F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -999,152 +991,98 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E9D136F" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D271AD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Nom et prénom</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> : ………………………………………… </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-            <w:proofErr w:type="gramStart"/>
+              <w:t>classe : …………..</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>classe</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve"> Etablissement : ……………………………………………</w:t>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> Etablissement : …………………………………………………..</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AFF4890" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E8FA1D8" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D271AD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Nom et prénom</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> : ………………………………………… </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-            <w:proofErr w:type="gramStart"/>
+              <w:t>classe : …………..</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>classe</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve"> Etablissement : ……………………………………………</w:t>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> Etablissement : …………………………………………………..</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="374093AA" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="436DC370" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F0C9D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
@@ -1169,110 +1107,84 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="535AD31A" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D271AD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Nom et prénom</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> : ………………………………………… </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> de naissance : ………………………………………</w:t>
+              <w:t>date de naissance : ………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E616083" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00D61F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5451F247" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00533388">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D271AD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Nom et prénom</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> : ………………………………………… </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> de naissance : ………………………………………</w:t>
+              <w:t>date de naissance : ………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B1AE79B" w14:textId="0CDF3AC1" w:rsidR="00533388" w:rsidRPr="00533388" w:rsidRDefault="00533388" w:rsidP="00533388">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="208A4253" w14:textId="77777777" w:rsidR="00A548A7" w:rsidRDefault="00B53607" w:rsidP="00A548A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -1314,76 +1226,76 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Date : …………………………………………                                                Signatures : ……………………………</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00767830" w:rsidRPr="00533388" w:rsidSect="007F0C9D">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="567" w:left="720" w:header="283" w:footer="113" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6872EF0D" w14:textId="77777777" w:rsidR="00CA7B00" w:rsidRDefault="00CA7B00" w:rsidP="00FE77DE">
+    <w:p w14:paraId="73F1BDF6" w14:textId="77777777" w:rsidR="00551243" w:rsidRDefault="00551243" w:rsidP="00FE77DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="540FF438" w14:textId="77777777" w:rsidR="00CA7B00" w:rsidRDefault="00CA7B00" w:rsidP="00FE77DE">
+    <w:p w14:paraId="66368E70" w14:textId="77777777" w:rsidR="00551243" w:rsidRDefault="00551243" w:rsidP="00FE77DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1393,151 +1305,135 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6AF09409" w14:textId="0C4B2A50" w:rsidR="00BB1716" w:rsidRDefault="00BB1716">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="06EC0F69" w14:textId="5A82F310" w:rsidR="00BB1716" w:rsidRPr="00BB1716" w:rsidRDefault="00BB1716" w:rsidP="00BB1716">
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BB1716">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">22 rue du Général Leclerc - </w:t>
-[...15 lines deleted...]
-      <w:t xml:space="preserve">  - Tél : 01 39 69 18 44</w:t>
+      <w:t>22 rue du Général Leclerc - 78430  LOUVECIENNES  - Tél : 01 39 69 18 44</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="65934F57" w14:textId="25D30173" w:rsidR="000F3AE3" w:rsidRPr="00B00D33" w:rsidRDefault="00BB1716" w:rsidP="00BB1716">
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="0000FF" w:themeColor="hyperlink"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="single"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B00D33">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t xml:space="preserve">e-mail : </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="00B00D33">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>saintejeannedarc.louv@gmail.com</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F5382C4" w14:textId="77777777" w:rsidR="00CA7B00" w:rsidRDefault="00CA7B00" w:rsidP="00FE77DE">
+    <w:p w14:paraId="4B4B54B3" w14:textId="77777777" w:rsidR="00551243" w:rsidRDefault="00551243" w:rsidP="00FE77DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65DFFE4B" w14:textId="77777777" w:rsidR="00CA7B00" w:rsidRDefault="00CA7B00" w:rsidP="00FE77DE">
+    <w:p w14:paraId="45D508F7" w14:textId="77777777" w:rsidR="00551243" w:rsidRDefault="00551243" w:rsidP="00FE77DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6CE1C434" w14:textId="23AD462B" w:rsidR="00FE77DE" w:rsidRPr="00D33196" w:rsidRDefault="00FE77DE" w:rsidP="00FE77DE">
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BB1716">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24599608" wp14:editId="424D7735">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-257175</wp:posOffset>
           </wp:positionH>
@@ -1586,121 +1482,121 @@
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00D33196">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                       </w:t>
     </w:r>
     <w:r w:rsidRPr="00D33196">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Ecole Sainte Jeanne d’Arc</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="09CA73E1" w14:textId="07838F1D" w:rsidR="00520214" w:rsidRDefault="00D33196" w:rsidP="00520214">
+  <w:p w14:paraId="09CA73E1" w14:textId="6A4866BC" w:rsidR="00520214" w:rsidRDefault="00D33196" w:rsidP="00520214">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00767790">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>DEMANDE D’INSCRIPTION</w:t>
     </w:r>
     <w:r w:rsidR="00B00D33">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B00D33" w:rsidRPr="00767790">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>ANNÉE SCOLAIRE 202</w:t>
     </w:r>
-    <w:r w:rsidR="00B00D33">
+    <w:r w:rsidR="00B8114B">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00B00D33" w:rsidRPr="00767790">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00520214">
+    <w:r w:rsidR="00B8114B">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r w:rsidR="00B53607">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>*</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="52EB86CA" w14:textId="77777777" w:rsidR="00520214" w:rsidRDefault="00520214" w:rsidP="00520214">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -1877,51 +1773,51 @@
     <w:r w:rsidRPr="00767790">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r w:rsidR="00AA707B" w:rsidRPr="00767790">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06941172"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="389899A4"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4401,53 +4297,52 @@
   <w:num w:numId="16" w16cid:durableId="77681250">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="556472296">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="755714662">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1805199130">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1346710218">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="979580852">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1423454685">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00867A37"/>
     <w:rsid w:val="00012DF8"/>
@@ -4469,166 +4364,170 @@
     <w:rsid w:val="00210D20"/>
     <w:rsid w:val="00225D07"/>
     <w:rsid w:val="0025720B"/>
     <w:rsid w:val="002743D3"/>
     <w:rsid w:val="00286EA5"/>
     <w:rsid w:val="002B45BD"/>
     <w:rsid w:val="002C2BAF"/>
     <w:rsid w:val="00323011"/>
     <w:rsid w:val="00342C95"/>
     <w:rsid w:val="003557A1"/>
     <w:rsid w:val="00360473"/>
     <w:rsid w:val="00392F40"/>
     <w:rsid w:val="003C1EBA"/>
     <w:rsid w:val="003F0223"/>
     <w:rsid w:val="004146D7"/>
     <w:rsid w:val="00416416"/>
     <w:rsid w:val="00417336"/>
     <w:rsid w:val="00460334"/>
     <w:rsid w:val="004B27F9"/>
     <w:rsid w:val="004C1D41"/>
     <w:rsid w:val="004E033C"/>
     <w:rsid w:val="00520214"/>
     <w:rsid w:val="0052760F"/>
     <w:rsid w:val="00533388"/>
     <w:rsid w:val="00543172"/>
+    <w:rsid w:val="00551243"/>
     <w:rsid w:val="005B09D3"/>
     <w:rsid w:val="005C2CC1"/>
     <w:rsid w:val="005D685B"/>
     <w:rsid w:val="005F6386"/>
     <w:rsid w:val="006248DB"/>
     <w:rsid w:val="00627421"/>
     <w:rsid w:val="006375F7"/>
     <w:rsid w:val="0064372B"/>
     <w:rsid w:val="00657627"/>
     <w:rsid w:val="006668EF"/>
     <w:rsid w:val="00680837"/>
     <w:rsid w:val="006F7906"/>
     <w:rsid w:val="00707E69"/>
     <w:rsid w:val="00767790"/>
     <w:rsid w:val="00767830"/>
     <w:rsid w:val="00791E65"/>
     <w:rsid w:val="007C5210"/>
     <w:rsid w:val="007E24DE"/>
     <w:rsid w:val="007F0C9D"/>
     <w:rsid w:val="007F60D0"/>
     <w:rsid w:val="00823BAA"/>
     <w:rsid w:val="00857A78"/>
     <w:rsid w:val="00867A37"/>
     <w:rsid w:val="00871354"/>
     <w:rsid w:val="00884F3B"/>
     <w:rsid w:val="008B0A9C"/>
     <w:rsid w:val="008D169A"/>
     <w:rsid w:val="00904085"/>
     <w:rsid w:val="00970237"/>
     <w:rsid w:val="00993D80"/>
     <w:rsid w:val="009941F0"/>
     <w:rsid w:val="00994F13"/>
     <w:rsid w:val="009B0984"/>
     <w:rsid w:val="009C1314"/>
     <w:rsid w:val="009E70DA"/>
     <w:rsid w:val="00A47ED1"/>
     <w:rsid w:val="00A53D15"/>
     <w:rsid w:val="00A548A7"/>
     <w:rsid w:val="00A7325E"/>
     <w:rsid w:val="00AA6AC7"/>
     <w:rsid w:val="00AA707B"/>
     <w:rsid w:val="00AB3017"/>
     <w:rsid w:val="00AD05D1"/>
     <w:rsid w:val="00AD1513"/>
     <w:rsid w:val="00B00D33"/>
     <w:rsid w:val="00B26472"/>
     <w:rsid w:val="00B44395"/>
     <w:rsid w:val="00B53607"/>
     <w:rsid w:val="00B678D5"/>
+    <w:rsid w:val="00B8114B"/>
     <w:rsid w:val="00BA4031"/>
     <w:rsid w:val="00BB1716"/>
     <w:rsid w:val="00BB4F47"/>
     <w:rsid w:val="00C4339D"/>
     <w:rsid w:val="00C508F4"/>
     <w:rsid w:val="00C57EBC"/>
     <w:rsid w:val="00C6520E"/>
     <w:rsid w:val="00C708DD"/>
     <w:rsid w:val="00C904B2"/>
     <w:rsid w:val="00CA7B00"/>
     <w:rsid w:val="00CC55D8"/>
     <w:rsid w:val="00CE2E02"/>
+    <w:rsid w:val="00CF44EB"/>
     <w:rsid w:val="00D0159D"/>
     <w:rsid w:val="00D16333"/>
     <w:rsid w:val="00D271AD"/>
     <w:rsid w:val="00D33196"/>
     <w:rsid w:val="00D43F28"/>
     <w:rsid w:val="00D606D6"/>
     <w:rsid w:val="00DA28B7"/>
     <w:rsid w:val="00DA77A6"/>
     <w:rsid w:val="00DB372D"/>
     <w:rsid w:val="00DC16A0"/>
     <w:rsid w:val="00DD08EE"/>
     <w:rsid w:val="00E12316"/>
     <w:rsid w:val="00E4473C"/>
     <w:rsid w:val="00E83E64"/>
     <w:rsid w:val="00EC5E8A"/>
     <w:rsid w:val="00ED0378"/>
     <w:rsid w:val="00EF787E"/>
     <w:rsid w:val="00F34FA1"/>
     <w:rsid w:val="00F46C4C"/>
     <w:rsid w:val="00F47B9D"/>
     <w:rsid w:val="00F7766D"/>
     <w:rsid w:val="00FB1799"/>
     <w:rsid w:val="00FD3579"/>
+    <w:rsid w:val="00FD36C2"/>
     <w:rsid w:val="00FE77DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7C568C0D"/>
   <w15:docId w15:val="{5650A288-6835-4DCF-BF00-B34A6423D6A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5184,51 +5083,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FE77DE"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
     <w:name w:val="Titre 1 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00533388"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="299114542">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="998188826">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>